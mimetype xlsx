--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -1,89 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="18326"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\doc-e\formation\01-excel\exercice-excel-final\fonction-recherche\fonction-recherche\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{92437AC0-0BCE-47D7-B00C-AC91D416BA58}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView minimized="1" xWindow="1095" yWindow="570" windowWidth="20115" windowHeight="7995" activeTab="1"/>
+    <workbookView xWindow="1275" yWindow="13605" windowWidth="22950" windowHeight="9870" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Enonce" sheetId="6" r:id="rId1"/>
     <sheet name="solution" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="emploi" localSheetId="0">Enonce!$A$4:$A$5</definedName>
     <definedName name="emploi" localSheetId="1">solution!$A$4:$A$5</definedName>
     <definedName name="fixe" localSheetId="0">Enonce!$C$4:$C$5</definedName>
     <definedName name="fixe" localSheetId="1">solution!$C$4:$C$5</definedName>
     <definedName name="taux" localSheetId="0">Enonce!$B$4:$B$5</definedName>
     <definedName name="taux" localSheetId="1">solution!$B$4:$B$5</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F9" i="5" l="1"/>
   <c r="F10" i="5"/>
   <c r="F11" i="5"/>
   <c r="F8" i="5"/>
   <c r="E9" i="5"/>
-  <c r="G9" i="5" s="1"/>
   <c r="E10" i="5"/>
-  <c r="G10" i="5" s="1"/>
   <c r="E11" i="5"/>
   <c r="G11" i="5" s="1"/>
   <c r="E8" i="5"/>
-  <c r="G8" i="5" l="1"/>
+  <c r="G9" i="5" l="1"/>
+  <c r="G10" i="5"/>
+  <c r="G8" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="19">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Représentant</t>
   </si>
   <si>
     <t>Etablissement du salaire brut des commerciaux</t>
   </si>
   <si>
     <t>Emploi</t>
   </si>
   <si>
     <t>Taux</t>
   </si>
   <si>
     <t>Fixe</t>
   </si>
   <si>
     <t>Vendeur</t>
@@ -106,51 +118,51 @@
   <si>
     <t>Luis</t>
   </si>
   <si>
     <t>Vanbremer</t>
   </si>
   <si>
     <t>Frédéric</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>José</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Total brut</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="#,##0\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -299,346 +311,330 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>400049</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:rowOff>104774</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>295274</xdr:colOff>
-      <xdr:row>16</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>38099</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="ZoneTexte 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="400049" y="2219325"/>
-          <a:ext cx="4733925" cy="895350"/>
+          <a:off x="400049" y="2219324"/>
+          <a:ext cx="4733925" cy="2219325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="fr-FR" sz="1100">
-[...7 lines deleted...]
-            <a:t>L'entreprise Aleou remunère ses représentants avec un fixe  et un  % du chiffre d'affaire.</a:t>
+            <a:rPr lang="fr-FR"/>
+            <a:t>L'entreprise CLICOU rémunère ses représentants et ses vendeurs avec un fixe et un % du chiffre d'affaires. Vous complétez les cellules bleues en utilisant la fonction RECHERCHE et des zones nommées.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
-            <a:rPr lang="fr-FR" sz="1100">
-[...7 lines deleted...]
-            <a:t>Vous utilisez les intitulés de colonnes dans les fonctions recherche pour trouver E8-E11 et F8-F11,</a:t>
+            <a:rPr lang="fr-FR" b="1"/>
+            <a:t>Consignes :</a:t>
+          </a:r>
+          <a:endParaRPr lang="fr-FR"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR"/>
+            <a:t>Vous nommez A4 &amp; A5 : "emploi".</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR"/>
+            <a:t>Vous nommez B4 &amp; B5 : "taux".</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR"/>
+            <a:t>Vous nommez C4 &amp; C5 : "fixe".</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR"/>
+            <a:t>E8:E11 : Avec la fonction RECHERCHE &amp; les zones nommées, vous déterminez le "fixe" de chaque personne.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR"/>
+            <a:t>F8:F11 : Avec la fonction RECHERCHE, les zones nommées et le CA du mois, vous déterminez le montant de la commission de chaque personne.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR"/>
+            <a:t>La colonne G est une SOMME</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="fr-FR" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -771,404 +767,396 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G11"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="L27" sqref="L27"/>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="D27" sqref="D27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="19"/>
-[...4 lines deleted...]
-      <c r="G1" s="19"/>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+      <c r="G1" s="16"/>
     </row>
     <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="12" t="s">
+      <c r="A3" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="13" t="s">
+      <c r="B3" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="14" t="s">
+      <c r="C3" s="12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="8">
+      <c r="B4" s="6">
         <v>0.14000000000000001</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="7">
         <v>690</v>
       </c>
-      <c r="E4" s="4"/>
-      <c r="F4" s="4"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="10">
+      <c r="B5" s="8">
         <v>0.125</v>
       </c>
-      <c r="C5" s="11">
+      <c r="C5" s="9">
         <v>840</v>
       </c>
-      <c r="E5" s="4"/>
-      <c r="F5" s="4"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="16" t="s">
+      <c r="A7" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="16" t="s">
+      <c r="B7" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="16" t="s">
+      <c r="C7" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="D7" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="16" t="s">
+      <c r="E7" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="F7" s="16" t="s">
+      <c r="F7" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="17" t="s">
+      <c r="G7" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="15">
+      <c r="C8" s="13">
         <v>32700</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="E8" s="18"/>
-[...1 lines deleted...]
-      <c r="G8" s="18"/>
+      <c r="E8" s="15"/>
+      <c r="F8" s="15"/>
+      <c r="G8" s="15"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="15">
+      <c r="C9" s="13">
         <v>19500</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="E9" s="18"/>
-[...1 lines deleted...]
-      <c r="G9" s="18"/>
+      <c r="E9" s="15"/>
+      <c r="F9" s="15"/>
+      <c r="G9" s="15"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="15">
+      <c r="C10" s="13">
         <v>37500</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="18"/>
-[...1 lines deleted...]
-      <c r="G10" s="18"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="15">
+      <c r="C11" s="13">
         <v>25600</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="E11" s="18"/>
-[...1 lines deleted...]
-      <c r="G11" s="18"/>
+      <c r="E11" s="15"/>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G11"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="19"/>
-[...4 lines deleted...]
-      <c r="G1" s="19"/>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+      <c r="G1" s="16"/>
     </row>
     <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="12" t="s">
+      <c r="A3" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="13" t="s">
+      <c r="B3" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="14" t="s">
+      <c r="C3" s="12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="8">
+      <c r="B4" s="6">
         <v>0.14000000000000001</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="7">
         <v>690</v>
       </c>
-      <c r="E4" s="4"/>
-      <c r="F4" s="4"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="10">
+      <c r="B5" s="8">
         <v>0.125</v>
       </c>
-      <c r="C5" s="11">
+      <c r="C5" s="9">
         <v>840</v>
       </c>
-      <c r="E5" s="4"/>
-      <c r="F5" s="4"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="6" t="s">
+      <c r="A7" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="6" t="s">
+      <c r="B7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="6" t="s">
+      <c r="C7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="D7" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="E7" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="F7" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="7" t="s">
+      <c r="G7" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="15">
+      <c r="C8" s="13">
         <v>32700</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="E8" s="5">
+      <c r="E8" s="4">
         <f>LOOKUP(D8,emploi,fixe)</f>
         <v>840</v>
       </c>
-      <c r="F8" s="5">
+      <c r="F8" s="4">
         <f>LOOKUP(D8,emploi,taux)*C8</f>
         <v>4087.5</v>
       </c>
-      <c r="G8" s="5">
+      <c r="G8" s="4">
         <f>SUM(E8:F8)</f>
         <v>4927.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="15">
+      <c r="C9" s="13">
         <v>19500</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="E9" s="5">
+      <c r="E9" s="4">
         <f>LOOKUP(D9,emploi,fixe)</f>
         <v>690</v>
       </c>
-      <c r="F9" s="5">
+      <c r="F9" s="4">
         <f>LOOKUP(D9,emploi,taux)*C9</f>
         <v>2730.0000000000005</v>
       </c>
-      <c r="G9" s="5">
+      <c r="G9" s="4">
         <f t="shared" ref="G9:G11" si="0">SUM(E9:F9)</f>
         <v>3420.0000000000005</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="15">
+      <c r="C10" s="13">
         <v>37500</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E10" s="4">
         <f>LOOKUP(D10,emploi,fixe)</f>
         <v>690</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F10" s="4">
         <f>LOOKUP(D10,emploi,taux)*C10</f>
         <v>5250.0000000000009</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G10" s="4">
         <f t="shared" si="0"/>
         <v>5940.0000000000009</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="15">
+      <c r="C11" s="13">
         <v>25600</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E11" s="4">
         <f>LOOKUP(D11,emploi,fixe)</f>
         <v>840</v>
       </c>
-      <c r="F11" s="5">
+      <c r="F11" s="4">
         <f>LOOKUP(D11,emploi,taux)*C11</f>
         <v>3200</v>
       </c>
-      <c r="G11" s="5">
+      <c r="G11" s="4">
         <f t="shared" si="0"/>
         <v>4040</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>