--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -1,223 +1,268 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="19001"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2B306550-AF19-4879-AFB7-CEE228CD5BB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="37710" windowHeight="12570"/>
+    <workbookView xWindow="1845" yWindow="3390" windowWidth="30390" windowHeight="26430" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="solution" sheetId="1" r:id="rId1"/>
+    <sheet name="Solution" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C17" i="1" l="1"/>
-[...18 lines deleted...]
-  <c r="C11" i="1" s="1"/>
+  <c r="C11" i="1" l="1"/>
+  <c r="D11" i="1"/>
+  <c r="B11" i="1"/>
+  <c r="C6" i="1"/>
+  <c r="D6" i="1"/>
+  <c r="D13" i="1" s="1"/>
+  <c r="B6" i="1"/>
+  <c r="E4" i="1"/>
+  <c r="E5" i="1"/>
+  <c r="E6" i="1"/>
+  <c r="E8" i="1"/>
+  <c r="E9" i="1"/>
+  <c r="E10" i="1"/>
+  <c r="E3" i="1"/>
+  <c r="E11" i="1" l="1"/>
+  <c r="D12" i="1"/>
+  <c r="C7" i="1"/>
+  <c r="C13" i="1"/>
   <c r="C12" i="1" s="1"/>
-  <c r="C13" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="C2" i="1"/>
+  <c r="E13" i="1"/>
+  <c r="B13" i="1"/>
+  <c r="B12" i="1" s="1"/>
+  <c r="D7" i="1"/>
+  <c r="B7" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="15">
-[...9 lines deleted...]
-mensuelles</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
+  <si>
+    <t>Départements</t>
   </si>
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
-    <t>Avril</t>
-[...23 lines deleted...]
-    <t>Décembre</t>
+    <t>Total 1er
+trimestre</t>
+  </si>
+  <si>
+    <t>Dubois</t>
+  </si>
+  <si>
+    <t>Barrois</t>
+  </si>
+  <si>
+    <t>Lesaffre</t>
+  </si>
+  <si>
+    <t>Total Nord</t>
+  </si>
+  <si>
+    <t>% du Nord/Région</t>
+  </si>
+  <si>
+    <t>Bourgeois</t>
+  </si>
+  <si>
+    <t>Guesquières</t>
+  </si>
+  <si>
+    <t>Robbe</t>
+  </si>
+  <si>
+    <t>Total Pas de Calais</t>
+  </si>
+  <si>
+    <t>% du pas de Calais/Région</t>
+  </si>
+  <si>
+    <t>Total Région</t>
+  </si>
+  <si>
+    <t>ETUDE DES CA REGIONAUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="1" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="0" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -488,379 +533,314 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:C26"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E39" sqref="E39"/>
+      <selection activeCell="J28" sqref="J28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="26" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+    </row>
+    <row r="2" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B2" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="C2" s="7" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="D2" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="4">
-[...8 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="E2" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="4">
-[...8 lines deleted...]
-      <c r="A4" s="3" t="s">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="4">
-[...8 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="B3" s="1">
+        <v>221</v>
+      </c>
+      <c r="C3" s="1">
+        <v>258</v>
+      </c>
+      <c r="D3" s="1">
+        <v>190</v>
+      </c>
+      <c r="E3" s="3">
+        <f>SUM(B3:D3)</f>
+        <v>669</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="4">
-[...2 lines deleted...]
-      <c r="C5" s="5">
+      <c r="B4" s="1">
+        <v>187</v>
+      </c>
+      <c r="C4" s="1">
+        <v>222</v>
+      </c>
+      <c r="D4" s="1">
+        <v>262</v>
+      </c>
+      <c r="E4" s="3">
+        <f t="shared" ref="E4:E10" si="0">SUM(B4:D4)</f>
+        <v>671</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="1">
+        <v>222</v>
+      </c>
+      <c r="C5" s="1">
+        <v>235</v>
+      </c>
+      <c r="D5" s="1">
+        <v>188</v>
+      </c>
+      <c r="E5" s="3">
         <f t="shared" si="0"/>
-        <v>474</v>
-[...9 lines deleted...]
-      <c r="C6" s="5">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="3">
+        <f>SUM(B3:B5)</f>
+        <v>630</v>
+      </c>
+      <c r="C6" s="3">
+        <f t="shared" ref="C6:D6" si="1">SUM(C3:C5)</f>
+        <v>715</v>
+      </c>
+      <c r="D6" s="3">
+        <f t="shared" si="1"/>
+        <v>640</v>
+      </c>
+      <c r="E6" s="3">
         <f t="shared" si="0"/>
-        <v>625</v>
-[...4 lines deleted...]
-        <v>8</v>
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="B7" s="4">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C7" s="5">
+        <f>B6/B13</f>
+        <v>0.36061820263308531</v>
+      </c>
+      <c r="C7" s="4">
+        <f t="shared" ref="C7:D7" si="2">C6/C13</f>
+        <v>0.47257105089226703</v>
+      </c>
+      <c r="D7" s="4">
+        <f t="shared" si="2"/>
+        <v>0.47407407407407409</v>
+      </c>
+      <c r="E7" s="5"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="1">
+        <v>374</v>
+      </c>
+      <c r="C8" s="1">
+        <v>298</v>
+      </c>
+      <c r="D8" s="1">
+        <v>256</v>
+      </c>
+      <c r="E8" s="3">
         <f t="shared" si="0"/>
-        <v>767</v>
-[...9 lines deleted...]
-      <c r="C8" s="5">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="1">
+        <v>387</v>
+      </c>
+      <c r="C9" s="1">
+        <v>289</v>
+      </c>
+      <c r="D9" s="1">
+        <v>198</v>
+      </c>
+      <c r="E9" s="3">
         <f t="shared" si="0"/>
-        <v>870</v>
-[...9 lines deleted...]
-      <c r="C9" s="5">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="1">
+        <v>356</v>
+      </c>
+      <c r="C10" s="1">
+        <v>211</v>
+      </c>
+      <c r="D10" s="1">
+        <v>256</v>
+      </c>
+      <c r="E10" s="3">
         <f t="shared" si="0"/>
-        <v>940</v>
-[...27 lines deleted...]
-      <c r="A12" s="3" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
+      <c r="B11" s="3">
+        <f>SUM(B8:B10)</f>
+        <v>1117</v>
+      </c>
+      <c r="C11" s="3">
+        <f t="shared" ref="C11:E11" si="3">SUM(C8:C10)</f>
+        <v>798</v>
+      </c>
+      <c r="D11" s="3">
+        <f t="shared" si="3"/>
+        <v>710</v>
+      </c>
+      <c r="E11" s="3">
+        <f t="shared" si="3"/>
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="B12" s="4">
-        <v>135</v>
-[...164 lines deleted...]
-        <v>1544</v>
+        <f>B11/B13</f>
+        <v>0.63938179736691469</v>
+      </c>
+      <c r="C12" s="4">
+        <f t="shared" ref="C12:D12" si="4">C11/C13</f>
+        <v>0.52742894910773297</v>
+      </c>
+      <c r="D12" s="4">
+        <f t="shared" si="4"/>
+        <v>0.52592592592592591</v>
+      </c>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="3">
+        <f>B6+B11</f>
+        <v>1747</v>
+      </c>
+      <c r="C13" s="3">
+        <f t="shared" ref="C13:D13" si="5">C6+C11</f>
+        <v>1513</v>
+      </c>
+      <c r="D13" s="3">
+        <f t="shared" si="5"/>
+        <v>1350</v>
+      </c>
+      <c r="E13" s="3">
+        <f>E6+E11</f>
+        <v>4610</v>
       </c>
     </row>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>solution</vt:lpstr>
+      <vt:lpstr>Solution</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>thier</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>