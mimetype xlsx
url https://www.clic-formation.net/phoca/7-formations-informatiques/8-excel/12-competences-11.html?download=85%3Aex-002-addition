--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -1,295 +1,684 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="166925"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="19001"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\excel-competence-11\ex-002\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\excel-competence-11\ex-004\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CCEB565-225D-4CB4-93C6-6ACEC8E3497F}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="43170" windowHeight="20130" activeTab="1" xr2:uid="{FD04F984-B6F4-473E-8599-2B01B359D625}"/>
+    <workbookView xWindow="360" yWindow="105" windowWidth="22515" windowHeight="11820"/>
   </bookViews>
   <sheets>
-    <sheet name="Enonce" sheetId="1" r:id="rId1"/>
-    <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
+    <sheet name="solution" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="181029"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E3" i="2" l="1"/>
-[...6 lines deleted...]
-  <c r="B6" i="2"/>
+  <c r="F25" i="2" l="1"/>
+  <c r="F26" i="2"/>
+  <c r="F24" i="2"/>
+  <c r="C24" i="2"/>
+  <c r="D24" i="2"/>
+  <c r="E24" i="2"/>
+  <c r="B24" i="2"/>
+  <c r="C27" i="2"/>
+  <c r="D27" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="F27" i="2"/>
+  <c r="B27" i="2"/>
+  <c r="C26" i="2"/>
+  <c r="D26" i="2"/>
+  <c r="E26" i="2"/>
+  <c r="B26" i="2"/>
+  <c r="C25" i="2"/>
+  <c r="D25" i="2"/>
+  <c r="E25" i="2"/>
+  <c r="B25" i="2"/>
+  <c r="C21" i="2"/>
+  <c r="D21" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="B21" i="2"/>
+  <c r="C15" i="2"/>
+  <c r="D15" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="B15" i="2"/>
+  <c r="C9" i="2"/>
+  <c r="D9" i="2"/>
+  <c r="E9" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="B9" i="2"/>
+  <c r="F20" i="2" l="1"/>
+  <c r="F19" i="2"/>
+  <c r="F18" i="2"/>
+  <c r="F14" i="2"/>
+  <c r="F13" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="F8" i="2"/>
+  <c r="F7" i="2"/>
+  <c r="F6" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="8">
-[...7 lines deleted...]
-    <t>Mars</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="19">
+  <si>
+    <t>GESTION DE STOCK</t>
+  </si>
+  <si>
+    <t>Stock fin = stock début + entrées - sorties</t>
+  </si>
+  <si>
+    <t>Début période</t>
+  </si>
+  <si>
+    <t>Produit A</t>
+  </si>
+  <si>
+    <t>Produit B</t>
+  </si>
+  <si>
+    <t>Produit C</t>
+  </si>
+  <si>
+    <t>Produit D</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>Atelier 1</t>
   </si>
   <si>
     <t>Atelier 2</t>
   </si>
   <si>
     <t>Atelier 3</t>
   </si>
   <si>
-    <t>Atelier 4</t>
-[...2 lines deleted...]
-    <t>Total</t>
+    <t>Stock initial</t>
+  </si>
+  <si>
+    <t>Entrées</t>
+  </si>
+  <si>
+    <t>Total des entrées</t>
+  </si>
+  <si>
+    <t>Sorties</t>
+  </si>
+  <si>
+    <t>Toal des sorties</t>
+  </si>
+  <si>
+    <t>Stock final</t>
+  </si>
+  <si>
+    <t>Stock Fin période</t>
+  </si>
+  <si>
+    <t>Aide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>666750</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>495300</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="ZoneTexte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="666750" y="5743575"/>
+          <a:ext cx="4419600" cy="485775"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1100"/>
+            <a:t>En tenant compte de la petite ligne d'explication en haut de page, vous devez insérer les bonnes additions dans les cellules bleues.</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -301,421 +690,949 @@
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C619E8B4-B0AF-4131-A24A-9E9DBEB69469}">
-  <dimension ref="A1:E6"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:G31"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K29" sqref="K29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.28515625" style="2" customWidth="1"/>
+    <col min="2" max="256" width="11.42578125" style="2"/>
+    <col min="257" max="257" width="16.42578125" style="2" customWidth="1"/>
+    <col min="258" max="512" width="11.42578125" style="2"/>
+    <col min="513" max="513" width="16.42578125" style="2" customWidth="1"/>
+    <col min="514" max="768" width="11.42578125" style="2"/>
+    <col min="769" max="769" width="16.42578125" style="2" customWidth="1"/>
+    <col min="770" max="1024" width="11.42578125" style="2"/>
+    <col min="1025" max="1025" width="16.42578125" style="2" customWidth="1"/>
+    <col min="1026" max="1280" width="11.42578125" style="2"/>
+    <col min="1281" max="1281" width="16.42578125" style="2" customWidth="1"/>
+    <col min="1282" max="1536" width="11.42578125" style="2"/>
+    <col min="1537" max="1537" width="16.42578125" style="2" customWidth="1"/>
+    <col min="1538" max="1792" width="11.42578125" style="2"/>
+    <col min="1793" max="1793" width="16.42578125" style="2" customWidth="1"/>
+    <col min="1794" max="2048" width="11.42578125" style="2"/>
+    <col min="2049" max="2049" width="16.42578125" style="2" customWidth="1"/>
+    <col min="2050" max="2304" width="11.42578125" style="2"/>
+    <col min="2305" max="2305" width="16.42578125" style="2" customWidth="1"/>
+    <col min="2306" max="2560" width="11.42578125" style="2"/>
+    <col min="2561" max="2561" width="16.42578125" style="2" customWidth="1"/>
+    <col min="2562" max="2816" width="11.42578125" style="2"/>
+    <col min="2817" max="2817" width="16.42578125" style="2" customWidth="1"/>
+    <col min="2818" max="3072" width="11.42578125" style="2"/>
+    <col min="3073" max="3073" width="16.42578125" style="2" customWidth="1"/>
+    <col min="3074" max="3328" width="11.42578125" style="2"/>
+    <col min="3329" max="3329" width="16.42578125" style="2" customWidth="1"/>
+    <col min="3330" max="3584" width="11.42578125" style="2"/>
+    <col min="3585" max="3585" width="16.42578125" style="2" customWidth="1"/>
+    <col min="3586" max="3840" width="11.42578125" style="2"/>
+    <col min="3841" max="3841" width="16.42578125" style="2" customWidth="1"/>
+    <col min="3842" max="4096" width="11.42578125" style="2"/>
+    <col min="4097" max="4097" width="16.42578125" style="2" customWidth="1"/>
+    <col min="4098" max="4352" width="11.42578125" style="2"/>
+    <col min="4353" max="4353" width="16.42578125" style="2" customWidth="1"/>
+    <col min="4354" max="4608" width="11.42578125" style="2"/>
+    <col min="4609" max="4609" width="16.42578125" style="2" customWidth="1"/>
+    <col min="4610" max="4864" width="11.42578125" style="2"/>
+    <col min="4865" max="4865" width="16.42578125" style="2" customWidth="1"/>
+    <col min="4866" max="5120" width="11.42578125" style="2"/>
+    <col min="5121" max="5121" width="16.42578125" style="2" customWidth="1"/>
+    <col min="5122" max="5376" width="11.42578125" style="2"/>
+    <col min="5377" max="5377" width="16.42578125" style="2" customWidth="1"/>
+    <col min="5378" max="5632" width="11.42578125" style="2"/>
+    <col min="5633" max="5633" width="16.42578125" style="2" customWidth="1"/>
+    <col min="5634" max="5888" width="11.42578125" style="2"/>
+    <col min="5889" max="5889" width="16.42578125" style="2" customWidth="1"/>
+    <col min="5890" max="6144" width="11.42578125" style="2"/>
+    <col min="6145" max="6145" width="16.42578125" style="2" customWidth="1"/>
+    <col min="6146" max="6400" width="11.42578125" style="2"/>
+    <col min="6401" max="6401" width="16.42578125" style="2" customWidth="1"/>
+    <col min="6402" max="6656" width="11.42578125" style="2"/>
+    <col min="6657" max="6657" width="16.42578125" style="2" customWidth="1"/>
+    <col min="6658" max="6912" width="11.42578125" style="2"/>
+    <col min="6913" max="6913" width="16.42578125" style="2" customWidth="1"/>
+    <col min="6914" max="7168" width="11.42578125" style="2"/>
+    <col min="7169" max="7169" width="16.42578125" style="2" customWidth="1"/>
+    <col min="7170" max="7424" width="11.42578125" style="2"/>
+    <col min="7425" max="7425" width="16.42578125" style="2" customWidth="1"/>
+    <col min="7426" max="7680" width="11.42578125" style="2"/>
+    <col min="7681" max="7681" width="16.42578125" style="2" customWidth="1"/>
+    <col min="7682" max="7936" width="11.42578125" style="2"/>
+    <col min="7937" max="7937" width="16.42578125" style="2" customWidth="1"/>
+    <col min="7938" max="8192" width="11.42578125" style="2"/>
+    <col min="8193" max="8193" width="16.42578125" style="2" customWidth="1"/>
+    <col min="8194" max="8448" width="11.42578125" style="2"/>
+    <col min="8449" max="8449" width="16.42578125" style="2" customWidth="1"/>
+    <col min="8450" max="8704" width="11.42578125" style="2"/>
+    <col min="8705" max="8705" width="16.42578125" style="2" customWidth="1"/>
+    <col min="8706" max="8960" width="11.42578125" style="2"/>
+    <col min="8961" max="8961" width="16.42578125" style="2" customWidth="1"/>
+    <col min="8962" max="9216" width="11.42578125" style="2"/>
+    <col min="9217" max="9217" width="16.42578125" style="2" customWidth="1"/>
+    <col min="9218" max="9472" width="11.42578125" style="2"/>
+    <col min="9473" max="9473" width="16.42578125" style="2" customWidth="1"/>
+    <col min="9474" max="9728" width="11.42578125" style="2"/>
+    <col min="9729" max="9729" width="16.42578125" style="2" customWidth="1"/>
+    <col min="9730" max="9984" width="11.42578125" style="2"/>
+    <col min="9985" max="9985" width="16.42578125" style="2" customWidth="1"/>
+    <col min="9986" max="10240" width="11.42578125" style="2"/>
+    <col min="10241" max="10241" width="16.42578125" style="2" customWidth="1"/>
+    <col min="10242" max="10496" width="11.42578125" style="2"/>
+    <col min="10497" max="10497" width="16.42578125" style="2" customWidth="1"/>
+    <col min="10498" max="10752" width="11.42578125" style="2"/>
+    <col min="10753" max="10753" width="16.42578125" style="2" customWidth="1"/>
+    <col min="10754" max="11008" width="11.42578125" style="2"/>
+    <col min="11009" max="11009" width="16.42578125" style="2" customWidth="1"/>
+    <col min="11010" max="11264" width="11.42578125" style="2"/>
+    <col min="11265" max="11265" width="16.42578125" style="2" customWidth="1"/>
+    <col min="11266" max="11520" width="11.42578125" style="2"/>
+    <col min="11521" max="11521" width="16.42578125" style="2" customWidth="1"/>
+    <col min="11522" max="11776" width="11.42578125" style="2"/>
+    <col min="11777" max="11777" width="16.42578125" style="2" customWidth="1"/>
+    <col min="11778" max="12032" width="11.42578125" style="2"/>
+    <col min="12033" max="12033" width="16.42578125" style="2" customWidth="1"/>
+    <col min="12034" max="12288" width="11.42578125" style="2"/>
+    <col min="12289" max="12289" width="16.42578125" style="2" customWidth="1"/>
+    <col min="12290" max="12544" width="11.42578125" style="2"/>
+    <col min="12545" max="12545" width="16.42578125" style="2" customWidth="1"/>
+    <col min="12546" max="12800" width="11.42578125" style="2"/>
+    <col min="12801" max="12801" width="16.42578125" style="2" customWidth="1"/>
+    <col min="12802" max="13056" width="11.42578125" style="2"/>
+    <col min="13057" max="13057" width="16.42578125" style="2" customWidth="1"/>
+    <col min="13058" max="13312" width="11.42578125" style="2"/>
+    <col min="13313" max="13313" width="16.42578125" style="2" customWidth="1"/>
+    <col min="13314" max="13568" width="11.42578125" style="2"/>
+    <col min="13569" max="13569" width="16.42578125" style="2" customWidth="1"/>
+    <col min="13570" max="13824" width="11.42578125" style="2"/>
+    <col min="13825" max="13825" width="16.42578125" style="2" customWidth="1"/>
+    <col min="13826" max="14080" width="11.42578125" style="2"/>
+    <col min="14081" max="14081" width="16.42578125" style="2" customWidth="1"/>
+    <col min="14082" max="14336" width="11.42578125" style="2"/>
+    <col min="14337" max="14337" width="16.42578125" style="2" customWidth="1"/>
+    <col min="14338" max="14592" width="11.42578125" style="2"/>
+    <col min="14593" max="14593" width="16.42578125" style="2" customWidth="1"/>
+    <col min="14594" max="14848" width="11.42578125" style="2"/>
+    <col min="14849" max="14849" width="16.42578125" style="2" customWidth="1"/>
+    <col min="14850" max="15104" width="11.42578125" style="2"/>
+    <col min="15105" max="15105" width="16.42578125" style="2" customWidth="1"/>
+    <col min="15106" max="15360" width="11.42578125" style="2"/>
+    <col min="15361" max="15361" width="16.42578125" style="2" customWidth="1"/>
+    <col min="15362" max="15616" width="11.42578125" style="2"/>
+    <col min="15617" max="15617" width="16.42578125" style="2" customWidth="1"/>
+    <col min="15618" max="15872" width="11.42578125" style="2"/>
+    <col min="15873" max="15873" width="16.42578125" style="2" customWidth="1"/>
+    <col min="15874" max="16128" width="11.42578125" style="2"/>
+    <col min="16129" max="16129" width="16.42578125" style="2" customWidth="1"/>
+    <col min="16130" max="16384" width="11.42578125" style="2"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B1" s="1" t="s">
+    <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="1"/>
+    </row>
+    <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="1"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="1"/>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1"/>
+    </row>
+    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="5"/>
+      <c r="B4" s="3"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="1"/>
+    </row>
+    <row r="5" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="1"/>
-[...2 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="B5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="1">
-[...11 lines deleted...]
-      <c r="A3" s="1" t="s">
+      <c r="C5" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="1">
-[...11 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="1">
-[...11 lines deleted...]
-      <c r="A5" s="1" t="s">
+      <c r="E5" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="1">
-[...11 lines deleted...]
-      <c r="A6" s="1" t="s">
+      <c r="F5" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="2"/>
-[...2 lines deleted...]
-      <c r="E6" s="2"/>
+      <c r="G5" s="9"/>
+    </row>
+    <row r="6" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="11">
+        <v>1</v>
+      </c>
+      <c r="C6" s="11">
+        <v>24</v>
+      </c>
+      <c r="D6" s="11">
+        <v>5</v>
+      </c>
+      <c r="E6" s="11">
+        <v>60</v>
+      </c>
+      <c r="F6" s="12">
+        <f>SUM(B6:E6)</f>
+        <v>90</v>
+      </c>
+      <c r="G6" s="9"/>
+    </row>
+    <row r="7" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="11">
+        <v>9</v>
+      </c>
+      <c r="C7" s="11">
+        <v>78</v>
+      </c>
+      <c r="D7" s="11">
+        <v>0</v>
+      </c>
+      <c r="E7" s="11">
+        <v>25</v>
+      </c>
+      <c r="F7" s="12">
+        <f>SUM(B7:E7)</f>
+        <v>112</v>
+      </c>
+      <c r="G7" s="9"/>
+    </row>
+    <row r="8" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="11">
+        <v>5</v>
+      </c>
+      <c r="C8" s="11">
+        <v>45</v>
+      </c>
+      <c r="D8" s="11">
+        <v>23</v>
+      </c>
+      <c r="E8" s="11">
+        <v>15</v>
+      </c>
+      <c r="F8" s="12">
+        <f>SUM(B8:E8)</f>
+        <v>88</v>
+      </c>
+      <c r="G8" s="9"/>
+    </row>
+    <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="14">
+        <f>SUM(B6:B8)</f>
+        <v>15</v>
+      </c>
+      <c r="C9" s="14">
+        <f t="shared" ref="C9:F9" si="0">SUM(C6:C8)</f>
+        <v>147</v>
+      </c>
+      <c r="D9" s="14">
+        <f t="shared" si="0"/>
+        <v>28</v>
+      </c>
+      <c r="E9" s="14">
+        <f t="shared" si="0"/>
+        <v>100</v>
+      </c>
+      <c r="F9" s="14">
+        <f t="shared" si="0"/>
+        <v>290</v>
+      </c>
+      <c r="G9" s="9"/>
+    </row>
+    <row r="10" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="15"/>
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="9"/>
+    </row>
+    <row r="11" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C11" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E11" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="G11" s="9"/>
+    </row>
+    <row r="12" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" s="11">
+        <v>4</v>
+      </c>
+      <c r="C12" s="11">
+        <v>7</v>
+      </c>
+      <c r="D12" s="11">
+        <v>45</v>
+      </c>
+      <c r="E12" s="11">
+        <v>2</v>
+      </c>
+      <c r="F12" s="12">
+        <f>SUM(B12:E12)</f>
+        <v>58</v>
+      </c>
+      <c r="G12" s="9"/>
+    </row>
+    <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="11">
+        <v>89</v>
+      </c>
+      <c r="C13" s="11">
+        <v>1</v>
+      </c>
+      <c r="D13" s="11">
+        <v>34</v>
+      </c>
+      <c r="E13" s="11">
+        <v>8</v>
+      </c>
+      <c r="F13" s="12">
+        <f>SUM(B13:E13)</f>
+        <v>132</v>
+      </c>
+      <c r="G13" s="9"/>
+    </row>
+    <row r="14" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="11">
+        <v>7</v>
+      </c>
+      <c r="C14" s="11">
+        <v>6</v>
+      </c>
+      <c r="D14" s="11">
+        <v>34</v>
+      </c>
+      <c r="E14" s="11">
+        <v>2</v>
+      </c>
+      <c r="F14" s="12">
+        <f>SUM(B14:E14)</f>
+        <v>49</v>
+      </c>
+      <c r="G14" s="9"/>
+    </row>
+    <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="14">
+        <f>SUM(B12:B14)</f>
+        <v>100</v>
+      </c>
+      <c r="C15" s="14">
+        <f t="shared" ref="C15:F15" si="1">SUM(C12:C14)</f>
+        <v>14</v>
+      </c>
+      <c r="D15" s="14">
+        <f t="shared" si="1"/>
+        <v>113</v>
+      </c>
+      <c r="E15" s="14">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="F15" s="14">
+        <f t="shared" si="1"/>
+        <v>239</v>
+      </c>
+      <c r="G15" s="9"/>
+    </row>
+    <row r="16" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="15"/>
+      <c r="B16" s="16"/>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="9"/>
+    </row>
+    <row r="17" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E17" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="G17" s="9"/>
+    </row>
+    <row r="18" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" s="11">
+        <v>3</v>
+      </c>
+      <c r="C18" s="11">
+        <v>0</v>
+      </c>
+      <c r="D18" s="11">
+        <v>0</v>
+      </c>
+      <c r="E18" s="11">
+        <v>1</v>
+      </c>
+      <c r="F18" s="12">
+        <f>SUM(B18:E18)</f>
+        <v>4</v>
+      </c>
+      <c r="G18" s="9"/>
+    </row>
+    <row r="19" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="11">
+        <v>0</v>
+      </c>
+      <c r="C19" s="11">
+        <v>4</v>
+      </c>
+      <c r="D19" s="11">
+        <v>0</v>
+      </c>
+      <c r="E19" s="11">
+        <v>2</v>
+      </c>
+      <c r="F19" s="12">
+        <f>SUM(B19:E19)</f>
+        <v>6</v>
+      </c>
+      <c r="G19" s="9"/>
+    </row>
+    <row r="20" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="11">
+        <v>8</v>
+      </c>
+      <c r="C20" s="11">
+        <v>0</v>
+      </c>
+      <c r="D20" s="11">
+        <v>3</v>
+      </c>
+      <c r="E20" s="11">
+        <v>0</v>
+      </c>
+      <c r="F20" s="12">
+        <f>SUM(B20:E20)</f>
+        <v>11</v>
+      </c>
+      <c r="G20" s="9"/>
+    </row>
+    <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21" s="14">
+        <f>SUM(B18:B20)</f>
+        <v>11</v>
+      </c>
+      <c r="C21" s="14">
+        <f t="shared" ref="C21:F21" si="2">SUM(C18:C20)</f>
+        <v>4</v>
+      </c>
+      <c r="D21" s="14">
+        <f t="shared" si="2"/>
+        <v>3</v>
+      </c>
+      <c r="E21" s="14">
+        <f t="shared" si="2"/>
+        <v>3</v>
+      </c>
+      <c r="F21" s="14">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="G21" s="9"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="15"/>
+      <c r="B22" s="16"/>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="9"/>
+    </row>
+    <row r="23" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="F23" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="G23" s="9"/>
+    </row>
+    <row r="24" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="24">
+        <f>B6+B12+B18</f>
+        <v>8</v>
+      </c>
+      <c r="C24" s="24">
+        <f t="shared" ref="C24:E24" si="3">C6+C12+C18</f>
+        <v>31</v>
+      </c>
+      <c r="D24" s="24">
+        <f t="shared" si="3"/>
+        <v>50</v>
+      </c>
+      <c r="E24" s="24">
+        <f t="shared" si="3"/>
+        <v>63</v>
+      </c>
+      <c r="F24" s="24">
+        <f>SUM(B24:E24)</f>
+        <v>152</v>
+      </c>
+      <c r="G24" s="9"/>
+    </row>
+    <row r="25" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B25" s="26">
+        <f>B7+B13+B19</f>
+        <v>98</v>
+      </c>
+      <c r="C25" s="26">
+        <f t="shared" ref="C25:F25" si="4">C7+C13+C19</f>
+        <v>83</v>
+      </c>
+      <c r="D25" s="26">
+        <f t="shared" si="4"/>
+        <v>34</v>
+      </c>
+      <c r="E25" s="26">
+        <f t="shared" si="4"/>
+        <v>35</v>
+      </c>
+      <c r="F25" s="24">
+        <f t="shared" ref="F25:F26" si="5">SUM(B25:E25)</f>
+        <v>250</v>
+      </c>
+      <c r="G25" s="9"/>
+    </row>
+    <row r="26" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="27">
+        <f>B8+B14+B20</f>
+        <v>20</v>
+      </c>
+      <c r="C26" s="27">
+        <f t="shared" ref="C26:F26" si="6">C8+C14+C20</f>
+        <v>51</v>
+      </c>
+      <c r="D26" s="27">
+        <f t="shared" si="6"/>
+        <v>60</v>
+      </c>
+      <c r="E26" s="27">
+        <f t="shared" si="6"/>
+        <v>17</v>
+      </c>
+      <c r="F26" s="24">
+        <f t="shared" si="5"/>
+        <v>148</v>
+      </c>
+      <c r="G26" s="9"/>
+    </row>
+    <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="24">
+        <f>SUM(B24:B26)</f>
+        <v>126</v>
+      </c>
+      <c r="C27" s="24">
+        <f t="shared" ref="C27:F27" si="7">SUM(C24:C26)</f>
+        <v>165</v>
+      </c>
+      <c r="D27" s="24">
+        <f t="shared" si="7"/>
+        <v>144</v>
+      </c>
+      <c r="E27" s="24">
+        <f t="shared" si="7"/>
+        <v>115</v>
+      </c>
+      <c r="F27" s="24">
+        <f t="shared" si="7"/>
+        <v>550</v>
+      </c>
+      <c r="G27" s="9"/>
+    </row>
+    <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="1"/>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+    </row>
+    <row r="29" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+    </row>
+    <row r="30" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="1"/>
+      <c r="B30" s="1"/>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1"/>
+    </row>
+    <row r="31" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="1"/>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
     </row>
   </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A3:D3"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...121 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Feuil2</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>solution</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Clic-Formation</dc:creator>
+  <dc:title>Exercice addition excel</dc:title>
+  <dc:creator>clic-formation.net</dc:creator>
+  <cp:keywords>exercice, excel</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>