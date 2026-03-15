--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -1,1226 +1,1736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="124226"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\ex-007\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2A54A3C-87AB-44C5-9654-9508797BF3F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="360" yWindow="105" windowWidth="22515" windowHeight="11820" activeTab="1"/>
+    <workbookView xWindow="12465" yWindow="2415" windowWidth="35880" windowHeight="26430" xr2:uid="{8F4AEA7D-F80B-475E-9B5D-D2FFCA0F69FB}"/>
   </bookViews>
   <sheets>
-    <sheet name="Solution" sheetId="1" r:id="rId1"/>
-    <sheet name="Enonce" sheetId="2" r:id="rId2"/>
+    <sheet name="ex-007-solution" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C15" i="1"/>
-[...22 lines deleted...]
-  <c r="C2"/>
+  <c r="I36" i="1" l="1"/>
+  <c r="H36" i="1"/>
+  <c r="G36" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="E36" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="C36" i="1"/>
+  <c r="C35" i="1"/>
+  <c r="D35" i="1"/>
+  <c r="E35" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="G35" i="1"/>
+  <c r="H35" i="1"/>
+  <c r="I35" i="1"/>
+  <c r="B35" i="1"/>
+  <c r="I10" i="1"/>
+  <c r="H10" i="1"/>
+  <c r="G10" i="1"/>
+  <c r="F10" i="1"/>
+  <c r="E10" i="1"/>
+  <c r="D10" i="1"/>
+  <c r="C10" i="1"/>
+  <c r="G23" i="1"/>
+  <c r="C23" i="1"/>
+  <c r="C32" i="1"/>
+  <c r="C33" i="1" s="1"/>
+  <c r="D32" i="1"/>
+  <c r="D33" i="1" s="1"/>
+  <c r="E32" i="1"/>
+  <c r="E33" i="1" s="1"/>
+  <c r="F32" i="1"/>
+  <c r="F33" i="1" s="1"/>
+  <c r="G32" i="1"/>
+  <c r="G33" i="1" s="1"/>
+  <c r="H32" i="1"/>
+  <c r="H33" i="1" s="1"/>
+  <c r="I32" i="1"/>
+  <c r="I33" i="1" s="1"/>
+  <c r="B32" i="1"/>
+  <c r="D9" i="1"/>
+  <c r="C9" i="1"/>
+  <c r="E9" i="1"/>
+  <c r="F9" i="1"/>
+  <c r="G9" i="1"/>
+  <c r="H9" i="1"/>
+  <c r="I9" i="1"/>
+  <c r="C22" i="1"/>
+  <c r="D22" i="1"/>
+  <c r="D23" i="1" s="1"/>
+  <c r="E22" i="1"/>
+  <c r="E23" i="1" s="1"/>
+  <c r="F22" i="1"/>
+  <c r="G22" i="1"/>
+  <c r="H22" i="1"/>
+  <c r="H23" i="1" s="1"/>
+  <c r="I22" i="1"/>
+  <c r="I23" i="1" s="1"/>
+  <c r="B22" i="1"/>
+  <c r="B9" i="1"/>
+  <c r="F23" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="15">
-[...43 lines deleted...]
-    <t>Décembre</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="28">
+  <si>
+    <t>Ville</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nice </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cannes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Antibes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cagnes-sur-Mer </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grasse </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le Cannet </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Menton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marseille </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aix-en-Provence </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arles </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martigues </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aubagne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salon-de-Provence </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Istres </t>
+  </si>
+  <si>
+    <t xml:space="preserve">La Ciotat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vitrolles </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marignane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toulon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">La Seyne-sur-Mer </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyères </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fréjus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Draguignan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saint-Raphaël </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Six-Fours-les-Plages </t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Variation en %</t>
+  </si>
+  <si>
+    <t>Ensemble des villes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+  </numFmts>
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C27"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC798433-A0C5-4095-B02F-C1F67E243554}">
+  <dimension ref="A1:I39"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F33" sqref="F33"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.42578125" style="1"/>
-[...127 lines deleted...]
-    <col min="16132" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="1" width="23" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="9" width="16.28515625" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="47.25">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="4" t="s">
+      <c r="B1" s="5">
+        <v>1968</v>
+      </c>
+      <c r="C1" s="5">
+        <v>1975</v>
+      </c>
+      <c r="D1" s="5">
+        <v>1982</v>
+      </c>
+      <c r="E1" s="5">
+        <v>1990</v>
+      </c>
+      <c r="F1" s="5">
+        <v>1999</v>
+      </c>
+      <c r="G1" s="5">
+        <v>2008</v>
+      </c>
+      <c r="H1" s="5">
+        <v>2013</v>
+      </c>
+      <c r="I1" s="5">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="B2" s="7">
+        <v>322442</v>
+      </c>
+      <c r="C2" s="7">
+        <v>344481</v>
+      </c>
+      <c r="D2" s="7">
+        <v>337085</v>
+      </c>
+      <c r="E2" s="7">
+        <v>342439</v>
+      </c>
+      <c r="F2" s="7">
+        <v>342738</v>
+      </c>
+      <c r="G2" s="7">
+        <v>344875</v>
+      </c>
+      <c r="H2" s="7">
+        <v>342295</v>
+      </c>
+      <c r="I2" s="7">
+        <v>342669</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="5" t="s">
+      <c r="B3" s="7">
+        <v>67152</v>
+      </c>
+      <c r="C3" s="7">
+        <v>70527</v>
+      </c>
+      <c r="D3" s="7">
+        <v>72259</v>
+      </c>
+      <c r="E3" s="7">
+        <v>68676</v>
+      </c>
+      <c r="F3" s="7">
+        <v>67304</v>
+      </c>
+      <c r="G3" s="7">
+        <v>72939</v>
+      </c>
+      <c r="H3" s="7">
+        <v>73325</v>
+      </c>
+      <c r="I3" s="7">
+        <v>74545</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="6">
-[...8 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="B4" s="7">
+        <v>47547</v>
+      </c>
+      <c r="C4" s="7">
+        <v>55960</v>
+      </c>
+      <c r="D4" s="7">
+        <v>62859</v>
+      </c>
+      <c r="E4" s="7">
+        <v>70005</v>
+      </c>
+      <c r="F4" s="7">
+        <v>72412</v>
+      </c>
+      <c r="G4" s="7">
+        <v>76994</v>
+      </c>
+      <c r="H4" s="7">
+        <v>75456</v>
+      </c>
+      <c r="I4" s="7">
+        <v>73438</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="6">
-[...8 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="B5" s="7">
+        <v>22110</v>
+      </c>
+      <c r="C5" s="7">
+        <v>29538</v>
+      </c>
+      <c r="D5" s="7">
+        <v>35214</v>
+      </c>
+      <c r="E5" s="7">
+        <v>40902</v>
+      </c>
+      <c r="F5" s="7">
+        <v>43942</v>
+      </c>
+      <c r="G5" s="7">
+        <v>48926</v>
+      </c>
+      <c r="H5" s="7">
+        <v>46940</v>
+      </c>
+      <c r="I5" s="7">
+        <v>52178</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="6">
-[...8 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B6" s="7">
+        <v>30907</v>
+      </c>
+      <c r="C6" s="7">
+        <v>34579</v>
+      </c>
+      <c r="D6" s="7">
+        <v>37673</v>
+      </c>
+      <c r="E6" s="7">
+        <v>41388</v>
+      </c>
+      <c r="F6" s="7">
+        <v>43874</v>
+      </c>
+      <c r="G6" s="7">
+        <v>51580</v>
+      </c>
+      <c r="H6" s="7">
+        <v>50916</v>
+      </c>
+      <c r="I6" s="7">
+        <v>48870</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="6">
-[...2 lines deleted...]
-      <c r="C5" s="7">
+      <c r="B7" s="7">
+        <v>23231</v>
+      </c>
+      <c r="C7" s="7">
+        <v>33892</v>
+      </c>
+      <c r="D7" s="7">
+        <v>37411</v>
+      </c>
+      <c r="E7" s="7">
+        <v>41842</v>
+      </c>
+      <c r="F7" s="7">
+        <v>42158</v>
+      </c>
+      <c r="G7" s="7">
+        <v>40940</v>
+      </c>
+      <c r="H7" s="7">
+        <v>43187</v>
+      </c>
+      <c r="I7" s="7">
+        <v>41887</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="7">
+        <v>25040</v>
+      </c>
+      <c r="C8" s="7">
+        <v>25143</v>
+      </c>
+      <c r="D8" s="7">
+        <v>25086</v>
+      </c>
+      <c r="E8" s="7">
+        <v>29141</v>
+      </c>
+      <c r="F8" s="7">
+        <v>28812</v>
+      </c>
+      <c r="G8" s="7">
+        <v>28833</v>
+      </c>
+      <c r="H8" s="7">
+        <v>28100</v>
+      </c>
+      <c r="I8" s="7">
+        <v>30525</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="8">
+        <f>SUM(B2:B8)</f>
+        <v>538429</v>
+      </c>
+      <c r="C9" s="8">
+        <f t="shared" ref="C9:I9" si="0">SUM(C2:C8)</f>
+        <v>594120</v>
+      </c>
+      <c r="D9" s="8">
         <f t="shared" si="0"/>
-        <v>474</v>
-[...9 lines deleted...]
-      <c r="C6" s="7">
+        <v>607587</v>
+      </c>
+      <c r="E9" s="8">
         <f t="shared" si="0"/>
-        <v>625</v>
-[...3 lines deleted...]
-      <c r="A7" s="5" t="s">
+        <v>634393</v>
+      </c>
+      <c r="F9" s="8">
+        <f t="shared" si="0"/>
+        <v>641240</v>
+      </c>
+      <c r="G9" s="8">
+        <f t="shared" si="0"/>
+        <v>665087</v>
+      </c>
+      <c r="H9" s="8">
+        <f t="shared" si="0"/>
+        <v>660219</v>
+      </c>
+      <c r="I9" s="8">
+        <f t="shared" si="0"/>
+        <v>664112</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="9">
+        <f t="shared" ref="C10:I10" si="1">((C9-B9)/B9)*100</f>
+        <v>10.343239312889907</v>
+      </c>
+      <c r="D10" s="9">
+        <f t="shared" si="1"/>
+        <v>2.2667137951928904</v>
+      </c>
+      <c r="E10" s="9">
+        <f t="shared" si="1"/>
+        <v>4.4118784634957633</v>
+      </c>
+      <c r="F10" s="9">
+        <f t="shared" si="1"/>
+        <v>1.0792994248044983</v>
+      </c>
+      <c r="G10" s="9">
+        <f t="shared" si="1"/>
+        <v>3.7188884037177967</v>
+      </c>
+      <c r="H10" s="9">
+        <f t="shared" si="1"/>
+        <v>-0.73193431836737155</v>
+      </c>
+      <c r="I10" s="9">
+        <f t="shared" si="1"/>
+        <v>0.58965282731941981</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="6">
-[...8 lines deleted...]
-      <c r="A8" s="5" t="s">
+      <c r="B12" s="7">
+        <v>889029</v>
+      </c>
+      <c r="C12" s="7">
+        <v>908600</v>
+      </c>
+      <c r="D12" s="7">
+        <v>874436</v>
+      </c>
+      <c r="E12" s="7">
+        <v>800550</v>
+      </c>
+      <c r="F12" s="7">
+        <v>798430</v>
+      </c>
+      <c r="G12" s="7">
+        <v>851420</v>
+      </c>
+      <c r="H12" s="7">
+        <v>855393</v>
+      </c>
+      <c r="I12" s="7">
+        <v>870731</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="6">
-[...8 lines deleted...]
-      <c r="A9" s="5" t="s">
+      <c r="B13" s="7">
+        <v>89566</v>
+      </c>
+      <c r="C13" s="7">
+        <v>110659</v>
+      </c>
+      <c r="D13" s="7">
+        <v>121327</v>
+      </c>
+      <c r="E13" s="7">
+        <v>123842</v>
+      </c>
+      <c r="F13" s="7">
+        <v>134222</v>
+      </c>
+      <c r="G13" s="7">
+        <v>142743</v>
+      </c>
+      <c r="H13" s="7">
+        <v>141545</v>
+      </c>
+      <c r="I13" s="7">
+        <v>145133</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="6">
-[...8 lines deleted...]
-      <c r="A10" s="5" t="s">
+      <c r="B14" s="7">
+        <v>45774</v>
+      </c>
+      <c r="C14" s="7">
+        <v>50059</v>
+      </c>
+      <c r="D14" s="7">
+        <v>50500</v>
+      </c>
+      <c r="E14" s="7">
+        <v>52058</v>
+      </c>
+      <c r="F14" s="7">
+        <v>50513</v>
+      </c>
+      <c r="G14" s="7">
+        <v>52729</v>
+      </c>
+      <c r="H14" s="7">
+        <v>52566</v>
+      </c>
+      <c r="I14" s="7">
+        <v>50454</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="6">
-[...8 lines deleted...]
-      <c r="A11" s="5" t="s">
+      <c r="B15" s="7">
+        <v>27945</v>
+      </c>
+      <c r="C15" s="7">
+        <v>38373</v>
+      </c>
+      <c r="D15" s="7">
+        <v>42037</v>
+      </c>
+      <c r="E15" s="7">
+        <v>42678</v>
+      </c>
+      <c r="F15" s="7">
+        <v>43493</v>
+      </c>
+      <c r="G15" s="7">
+        <v>46471</v>
+      </c>
+      <c r="H15" s="7">
+        <v>47904</v>
+      </c>
+      <c r="I15" s="7">
+        <v>48574</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="6">
-[...8 lines deleted...]
-      <c r="A12" s="5" t="s">
+      <c r="B16" s="7">
+        <v>27938</v>
+      </c>
+      <c r="C16" s="7">
+        <v>33595</v>
+      </c>
+      <c r="D16" s="7">
+        <v>38561</v>
+      </c>
+      <c r="E16" s="7">
+        <v>41100</v>
+      </c>
+      <c r="F16" s="7">
+        <v>42638</v>
+      </c>
+      <c r="G16" s="7">
+        <v>46093</v>
+      </c>
+      <c r="H16" s="7">
+        <v>45303</v>
+      </c>
+      <c r="I16" s="7">
+        <v>47535</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="6">
-[...8 lines deleted...]
-      <c r="A13" s="5" t="s">
+      <c r="B17" s="7">
+        <v>30722</v>
+      </c>
+      <c r="C17" s="7">
+        <v>34576</v>
+      </c>
+      <c r="D17" s="7">
+        <v>34846</v>
+      </c>
+      <c r="E17" s="7">
+        <v>34054</v>
+      </c>
+      <c r="F17" s="7">
+        <v>37129</v>
+      </c>
+      <c r="G17" s="7">
+        <v>41411</v>
+      </c>
+      <c r="H17" s="7">
+        <v>44263</v>
+      </c>
+      <c r="I17" s="7">
+        <v>45386</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="6">
-[...53 lines deleted...]
-        <v>119</v>
+      <c r="B18" s="7">
+        <v>13404</v>
       </c>
       <c r="C18" s="7">
-        <f t="shared" si="1"/>
-[...8 lines deleted...]
-        <v>159</v>
+        <v>18129</v>
+      </c>
+      <c r="D18" s="7">
+        <v>28561</v>
+      </c>
+      <c r="E18" s="7">
+        <v>35163</v>
+      </c>
+      <c r="F18" s="7">
+        <v>38993</v>
+      </c>
+      <c r="G18" s="7">
+        <v>42603</v>
+      </c>
+      <c r="H18" s="7">
+        <v>42937</v>
+      </c>
+      <c r="I18" s="7">
+        <v>43626</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="7">
+        <v>23916</v>
       </c>
       <c r="C19" s="7">
-        <f t="shared" si="1"/>
-[...8 lines deleted...]
-        <v>131</v>
+        <v>32721</v>
+      </c>
+      <c r="D19" s="7">
+        <v>31727</v>
+      </c>
+      <c r="E19" s="7">
+        <v>30620</v>
+      </c>
+      <c r="F19" s="7">
+        <v>31630</v>
+      </c>
+      <c r="G19" s="7">
+        <v>33790</v>
+      </c>
+      <c r="H19" s="7">
+        <v>34655</v>
+      </c>
+      <c r="I19" s="7">
+        <v>35993</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="7">
+        <v>5058</v>
       </c>
       <c r="C20" s="7">
-        <f t="shared" si="1"/>
-[...8 lines deleted...]
-        <v>112</v>
+        <v>13428</v>
+      </c>
+      <c r="D20" s="7">
+        <v>22725</v>
+      </c>
+      <c r="E20" s="7">
+        <v>35397</v>
+      </c>
+      <c r="F20" s="7">
+        <v>36784</v>
+      </c>
+      <c r="G20" s="7">
+        <v>36610</v>
+      </c>
+      <c r="H20" s="7">
+        <v>34493</v>
+      </c>
+      <c r="I20" s="7">
+        <v>33333</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="7">
+        <v>20044</v>
       </c>
       <c r="C21" s="7">
-        <f t="shared" si="1"/>
-[...44 lines deleted...]
-        <v>152</v>
+        <v>26477</v>
+      </c>
+      <c r="D21" s="7">
+        <v>31109</v>
+      </c>
+      <c r="E21" s="7">
+        <v>32325</v>
+      </c>
+      <c r="F21" s="7">
+        <v>34006</v>
+      </c>
+      <c r="G21" s="7">
+        <v>33909</v>
+      </c>
+      <c r="H21" s="7">
+        <v>33986</v>
+      </c>
+      <c r="I21" s="7">
+        <v>32384</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
+        <f>SUM(B12:B21)</f>
+        <v>1173396</v>
+      </c>
+      <c r="C22" s="8">
+        <f t="shared" ref="C22:I22" si="2">SUM(C12:C21)</f>
+        <v>1266617</v>
+      </c>
+      <c r="D22" s="8">
+        <f t="shared" si="2"/>
+        <v>1275829</v>
+      </c>
+      <c r="E22" s="8">
+        <f t="shared" si="2"/>
+        <v>1227787</v>
+      </c>
+      <c r="F22" s="8">
+        <f t="shared" si="2"/>
+        <v>1247838</v>
+      </c>
+      <c r="G22" s="8">
+        <f t="shared" si="2"/>
+        <v>1327779</v>
+      </c>
+      <c r="H22" s="8">
+        <f t="shared" si="2"/>
+        <v>1333045</v>
+      </c>
+      <c r="I22" s="8">
+        <f t="shared" si="2"/>
+        <v>1353149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="9">
+        <f t="shared" ref="C23:I23" si="3">((C22-B22)/B22)*100</f>
+        <v>7.9445472798611885</v>
+      </c>
+      <c r="D23" s="9">
+        <f t="shared" si="3"/>
+        <v>0.72729167538411377</v>
+      </c>
+      <c r="E23" s="9">
+        <f t="shared" si="3"/>
+        <v>-3.7655516530820354</v>
+      </c>
+      <c r="F23" s="9">
+        <f t="shared" si="3"/>
+        <v>1.6331008554415383</v>
+      </c>
+      <c r="G23" s="9">
+        <f t="shared" si="3"/>
+        <v>6.4063604410187862</v>
+      </c>
+      <c r="H23" s="9">
+        <f t="shared" si="3"/>
+        <v>0.3966021453871465</v>
+      </c>
+      <c r="I23" s="9">
+        <f t="shared" si="3"/>
+        <v>1.5081261322761048</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" s="7">
+        <v>174746</v>
       </c>
       <c r="C25" s="7">
-        <f t="shared" si="1"/>
-[...8 lines deleted...]
-        <v>141</v>
+        <v>181801</v>
+      </c>
+      <c r="D25" s="7">
+        <v>179423</v>
+      </c>
+      <c r="E25" s="7">
+        <v>167619</v>
+      </c>
+      <c r="F25" s="7">
+        <v>160639</v>
+      </c>
+      <c r="G25" s="7">
+        <v>166733</v>
+      </c>
+      <c r="H25" s="7">
+        <v>163760</v>
+      </c>
+      <c r="I25" s="7">
+        <v>178745</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" s="7">
+        <v>43783</v>
       </c>
       <c r="C26" s="7">
-        <f t="shared" si="1"/>
-[...6 lines deleted...]
-      <c r="C27" s="2"/>
+        <v>51155</v>
+      </c>
+      <c r="D26" s="7">
+        <v>57659</v>
+      </c>
+      <c r="E26" s="7">
+        <v>59968</v>
+      </c>
+      <c r="F26" s="7">
+        <v>60188</v>
+      </c>
+      <c r="G26" s="7">
+        <v>59999</v>
+      </c>
+      <c r="H26" s="7">
+        <v>64523</v>
+      </c>
+      <c r="I26" s="7">
+        <v>62987</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" s="7">
+        <v>34875</v>
+      </c>
+      <c r="C27" s="7">
+        <v>36123</v>
+      </c>
+      <c r="D27" s="7">
+        <v>38999</v>
+      </c>
+      <c r="E27" s="7">
+        <v>48043</v>
+      </c>
+      <c r="F27" s="7">
+        <v>51417</v>
+      </c>
+      <c r="G27" s="7">
+        <v>55135</v>
+      </c>
+      <c r="H27" s="7">
+        <v>55713</v>
+      </c>
+      <c r="I27" s="7">
+        <v>54821</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" s="7">
+        <v>23629</v>
+      </c>
+      <c r="C28" s="7">
+        <v>28851</v>
+      </c>
+      <c r="D28" s="7">
+        <v>31662</v>
+      </c>
+      <c r="E28" s="7">
+        <v>41486</v>
+      </c>
+      <c r="F28" s="7">
+        <v>46801</v>
+      </c>
+      <c r="G28" s="7">
+        <v>52687</v>
+      </c>
+      <c r="H28" s="7">
+        <v>53039</v>
+      </c>
+      <c r="I28" s="7">
+        <v>54458</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" s="7">
+        <v>18376</v>
+      </c>
+      <c r="C29" s="7">
+        <v>21448</v>
+      </c>
+      <c r="D29" s="7">
+        <v>26667</v>
+      </c>
+      <c r="E29" s="7">
+        <v>30183</v>
+      </c>
+      <c r="F29" s="7">
+        <v>32829</v>
+      </c>
+      <c r="G29" s="7">
+        <v>36648</v>
+      </c>
+      <c r="H29" s="7">
+        <v>39174</v>
+      </c>
+      <c r="I29" s="7">
+        <v>39433</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B30" s="7">
+        <v>17844</v>
+      </c>
+      <c r="C30" s="7">
+        <v>21080</v>
+      </c>
+      <c r="D30" s="7">
+        <v>24118</v>
+      </c>
+      <c r="E30" s="7">
+        <v>26616</v>
+      </c>
+      <c r="F30" s="7">
+        <v>30671</v>
+      </c>
+      <c r="G30" s="7">
+        <v>34006</v>
+      </c>
+      <c r="H30" s="7">
+        <v>34005</v>
+      </c>
+      <c r="I30" s="7">
+        <v>36027</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" s="7">
+        <v>15118</v>
+      </c>
+      <c r="C31" s="7">
+        <v>20090</v>
+      </c>
+      <c r="D31" s="7">
+        <v>25526</v>
+      </c>
+      <c r="E31" s="7">
+        <v>28957</v>
+      </c>
+      <c r="F31" s="7">
+        <v>32742</v>
+      </c>
+      <c r="G31" s="7">
+        <v>34803</v>
+      </c>
+      <c r="H31" s="7">
+        <v>34387</v>
+      </c>
+      <c r="I31" s="7">
+        <v>34592</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B32" s="8">
+        <f>SUM(B25:B31)</f>
+        <v>328371</v>
+      </c>
+      <c r="C32" s="8">
+        <f t="shared" ref="C32:I32" si="4">SUM(C25:C31)</f>
+        <v>360548</v>
+      </c>
+      <c r="D32" s="8">
+        <f t="shared" si="4"/>
+        <v>384054</v>
+      </c>
+      <c r="E32" s="8">
+        <f t="shared" si="4"/>
+        <v>402872</v>
+      </c>
+      <c r="F32" s="8">
+        <f t="shared" si="4"/>
+        <v>415287</v>
+      </c>
+      <c r="G32" s="8">
+        <f t="shared" si="4"/>
+        <v>440011</v>
+      </c>
+      <c r="H32" s="8">
+        <f t="shared" si="4"/>
+        <v>444601</v>
+      </c>
+      <c r="I32" s="8">
+        <f t="shared" si="4"/>
+        <v>461063</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B33" s="6"/>
+      <c r="C33" s="9">
+        <f t="shared" ref="C33:I33" si="5">((C32-B32)/B32)*100</f>
+        <v>9.7989773761994812</v>
+      </c>
+      <c r="D33" s="9">
+        <f t="shared" si="5"/>
+        <v>6.5195202857871903</v>
+      </c>
+      <c r="E33" s="9">
+        <f t="shared" si="5"/>
+        <v>4.8998317944872332</v>
+      </c>
+      <c r="F33" s="9">
+        <f t="shared" si="5"/>
+        <v>3.0816239401100098</v>
+      </c>
+      <c r="G33" s="9">
+        <f t="shared" si="5"/>
+        <v>5.9534731402620356</v>
+      </c>
+      <c r="H33" s="9">
+        <f t="shared" si="5"/>
+        <v>1.0431557392883362</v>
+      </c>
+      <c r="I33" s="9">
+        <f t="shared" si="5"/>
+        <v>3.7026457430370154</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="21" x14ac:dyDescent="0.35">
+      <c r="A35" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="10">
+        <f>B9+B22+B32</f>
+        <v>2040196</v>
+      </c>
+      <c r="C35" s="10">
+        <f t="shared" ref="C35:I35" si="6">C9+C22+C32</f>
+        <v>2221285</v>
+      </c>
+      <c r="D35" s="10">
+        <f t="shared" si="6"/>
+        <v>2267470</v>
+      </c>
+      <c r="E35" s="10">
+        <f t="shared" si="6"/>
+        <v>2265052</v>
+      </c>
+      <c r="F35" s="10">
+        <f t="shared" si="6"/>
+        <v>2304365</v>
+      </c>
+      <c r="G35" s="10">
+        <f t="shared" si="6"/>
+        <v>2432877</v>
+      </c>
+      <c r="H35" s="10">
+        <f t="shared" si="6"/>
+        <v>2437865</v>
+      </c>
+      <c r="I35" s="10">
+        <f t="shared" si="6"/>
+        <v>2478324</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="6"/>
+      <c r="C36" s="9">
+        <f t="shared" ref="C36:I36" si="7">((C35-B35)/B35)*100</f>
+        <v>8.8760589668835745</v>
+      </c>
+      <c r="D36" s="9">
+        <f t="shared" si="7"/>
+        <v>2.07920190340276</v>
+      </c>
+      <c r="E36" s="9">
+        <f t="shared" si="7"/>
+        <v>-0.1066386765866803</v>
+      </c>
+      <c r="F36" s="9">
+        <f t="shared" si="7"/>
+        <v>1.7356334424110351</v>
+      </c>
+      <c r="G36" s="9">
+        <f t="shared" si="7"/>
+        <v>5.5768942854105141</v>
+      </c>
+      <c r="H36" s="9">
+        <f t="shared" si="7"/>
+        <v>0.20502475053198332</v>
+      </c>
+      <c r="I36" s="9">
+        <f t="shared" si="7"/>
+        <v>1.6596078946127042</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B37" s="4"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B39" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...245 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="B9:I9" formulaRange="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Enonce</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>ex-007-solution</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Exercice addition excel</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>exercice, excel</cp:keywords>
+  <dc:creator>Thierry Didoli</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>