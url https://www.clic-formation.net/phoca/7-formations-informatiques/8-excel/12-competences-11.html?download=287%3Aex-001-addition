--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -1,284 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\bureau-e\cp-11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2B306550-AF19-4879-AFB7-CEE228CD5BB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3243211F-0168-44AB-8E1D-4AB8580FAF10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1845" yWindow="3390" windowWidth="30390" windowHeight="26430" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13200" yWindow="3330" windowWidth="25530" windowHeight="22440" activeTab="1" xr2:uid="{FD04F984-B6F4-473E-8599-2B01B359D625}"/>
   </bookViews>
   <sheets>
-    <sheet name="Solution" sheetId="1" r:id="rId1"/>
+    <sheet name="Enonce" sheetId="1" r:id="rId1"/>
+    <sheet name="Solution" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C11" i="1" l="1"/>
-[...22 lines deleted...]
-  <c r="B7" i="1" l="1"/>
+  <c r="E3" i="2" l="1"/>
+  <c r="E4" i="2"/>
+  <c r="E5" i="2"/>
+  <c r="E2" i="2"/>
+  <c r="C6" i="2"/>
+  <c r="D6" i="2"/>
+  <c r="E6" i="2"/>
+  <c r="B6" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="8">
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
-    <t>Total 1er
-trimestre</t>
+    <t>Atelier 1</t>
   </si>
   <si>
-    <t>Dubois</t>
+    <t>Atelier 2</t>
   </si>
   <si>
-    <t>Barrois</t>
+    <t>Atelier 3</t>
   </si>
   <si>
-    <t>Lesaffre</t>
+    <t>Atelier 4</t>
   </si>
   <si>
-    <t>Total Nord</t>
-[...23 lines deleted...]
-    <t>ETUDE DES CA REGIONAUX</t>
+    <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...20 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
-[...5 lines deleted...]
-        <fgColor theme="0"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -533,314 +450,281 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E13"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C619E8B4-B0AF-4131-A24A-9E9DBEB69469}">
+  <dimension ref="A1:E6"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J28" sqref="J28"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <cols>
-[...1 lines deleted...]
-  </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="A2" s="7" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="7" t="s">
+      <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="7" t="s">
+      <c r="E1" s="1"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="8" t="s">
+      <c r="B2" s="1">
+        <v>1500</v>
+      </c>
+      <c r="C2" s="1">
+        <v>1600</v>
+      </c>
+      <c r="D2" s="1">
+        <v>1150</v>
+      </c>
+      <c r="E2" s="2"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
+      <c r="B3" s="1">
+        <v>800</v>
+      </c>
+      <c r="C3" s="1">
+        <v>850</v>
+      </c>
+      <c r="D3" s="1">
+        <v>720</v>
+      </c>
+      <c r="E3" s="2"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="1">
+        <v>1340</v>
+      </c>
+      <c r="C4" s="1">
+        <v>1280</v>
+      </c>
+      <c r="D4" s="1">
+        <v>1700</v>
+      </c>
+      <c r="E4" s="2"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" s="1">
+        <v>2000</v>
+      </c>
+      <c r="C5" s="1">
+        <v>2300</v>
+      </c>
+      <c r="D5" s="1">
+        <v>1560</v>
+      </c>
+      <c r="E5" s="2"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EE2F8A1-448B-444E-8E87-62BF5E84F784}">
+  <dimension ref="A1:E6"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E11" sqref="E11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1"/>
+      <c r="B1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="1">
+        <v>1500</v>
+      </c>
+      <c r="C2" s="1">
+        <v>1600</v>
+      </c>
+      <c r="D2" s="1">
+        <v>1150</v>
+      </c>
+      <c r="E2" s="2">
+        <f>B2+C2+D2</f>
+        <v>4250</v>
+      </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="1">
+        <v>800</v>
+      </c>
+      <c r="C3" s="1">
+        <v>850</v>
+      </c>
+      <c r="D3" s="1">
+        <v>720</v>
+      </c>
+      <c r="E3" s="2">
+        <f t="shared" ref="E3:E5" si="0">B3+C3+D3</f>
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B3" s="1">
-[...14 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="B4" s="1">
+        <v>1340</v>
+      </c>
+      <c r="C4" s="1">
+        <v>1280</v>
+      </c>
+      <c r="D4" s="1">
+        <v>1700</v>
+      </c>
+      <c r="E4" s="2">
+        <f t="shared" si="0"/>
+        <v>4320</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="1">
-[...14 lines deleted...]
-      <c r="A5" s="2" t="s">
+      <c r="B5" s="1">
+        <v>2000</v>
+      </c>
+      <c r="C5" s="1">
+        <v>2300</v>
+      </c>
+      <c r="D5" s="1">
+        <v>1560</v>
+      </c>
+      <c r="E5" s="2">
+        <f t="shared" si="0"/>
+        <v>5860</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="1">
-[...25 lines deleted...]
-      <c r="D6" s="3">
+      <c r="B6" s="2">
+        <f>SUM(B2:B5)</f>
+        <v>5640</v>
+      </c>
+      <c r="C6" s="2">
+        <f t="shared" ref="C6:E6" si="1">SUM(C2:C5)</f>
+        <v>6030</v>
+      </c>
+      <c r="D6" s="2">
         <f t="shared" si="1"/>
-        <v>640</v>
-[...135 lines deleted...]
-        <v>4610</v>
+        <v>5130</v>
+      </c>
+      <c r="E6" s="2">
+        <f t="shared" si="1"/>
+        <v>16800</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Enonce</vt:lpstr>
       <vt:lpstr>Solution</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>thier</dc:creator>
+  <dc:creator>Clic-Formation</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>